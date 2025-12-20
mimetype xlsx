--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e26ea7392524f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7c6021b68a475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf268936c55544bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e58a9cfc94c4c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02be85401a8e4570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf268936c55544bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfedd0a159f84010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e58a9cfc94c4c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>144,058</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>