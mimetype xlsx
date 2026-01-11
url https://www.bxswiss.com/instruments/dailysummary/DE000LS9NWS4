--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7c6021b68a475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e97b757399a4bcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e58a9cfc94c4c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8192bf52955a4570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfedd0a159f84010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e58a9cfc94c4c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R890fe646cb074779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8192bf52955a4570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,517</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>