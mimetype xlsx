--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e97b757399a4bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb61368cb1324987" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8192bf52955a4570"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda27b2c260d446dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R890fe646cb074779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8192bf52955a4570" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42950c5bf04c4510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda27b2c260d446dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>