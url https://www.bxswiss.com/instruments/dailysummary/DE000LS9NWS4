--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb61368cb1324987" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb69ba14f65f74a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda27b2c260d446dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c5e2e6ea813444a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42950c5bf04c4510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda27b2c260d446dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1582fd4b91ac43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c5e2e6ea813444a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>145,569</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>