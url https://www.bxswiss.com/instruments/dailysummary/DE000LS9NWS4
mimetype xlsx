--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb69ba14f65f74a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1133176762614f3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c5e2e6ea813444a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d181afe1de4695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1582fd4b91ac43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c5e2e6ea813444a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a058e82a44b4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d181afe1de4695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>