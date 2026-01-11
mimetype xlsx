--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993bfc21619c4050" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc11ad455269743c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe68f61a02344cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fe53dd6618a415d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74dd0db9ba624ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe68f61a02344cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea701f2bb844362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fe53dd6618a415d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Software High Tech Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>195,654</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>194,596</x:t>
-[...517 lines deleted...]
-          <x:t>205,555</x:t>
+          <x:t>197,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>