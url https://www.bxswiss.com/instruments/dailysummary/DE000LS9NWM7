--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc11ad455269743c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R133f43adabc3486b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fe53dd6618a415d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R317734b4314a4bc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea701f2bb844362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fe53dd6618a415d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8305ea404e0348aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R317734b4314a4bc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Software High Tech Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>195,539</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>