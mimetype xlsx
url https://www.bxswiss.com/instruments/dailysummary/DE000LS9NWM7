--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R133f43adabc3486b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849a66c2d39743e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R317734b4314a4bc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2014a390c1745b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8305ea404e0348aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R317734b4314a4bc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917a9a3be4c34cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2014a390c1745b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Software High Tech Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,216</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>