--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd45e6a1093674276" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d92f9195ed4eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra747e6d064de4b7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R435eeb6cffff4fa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77c2fbd82e1c4ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra747e6d064de4b7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e99e762f4c54b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R435eeb6cffff4fa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Feel good Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>166,919</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,813</x:t>
-[...38 lines deleted...]
-          <x:t>165,008</x:t>
+          <x:t>166,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,292</x:t>
-[...328 lines deleted...]
-          <x:t>169,181</x:t>
+          <x:t>166,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>