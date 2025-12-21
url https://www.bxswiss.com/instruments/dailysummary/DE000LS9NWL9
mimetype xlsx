--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d92f9195ed4eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ef789600a44f0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R435eeb6cffff4fa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b36e4bd0a9a43bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e99e762f4c54b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R435eeb6cffff4fa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211fa1f594854788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b36e4bd0a9a43bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Feel good Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>166,826</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>