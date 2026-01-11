--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ef789600a44f0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0dfa868e5c14934" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b36e4bd0a9a43bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28cdfaa9a2b340e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R211fa1f594854788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b36e4bd0a9a43bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red3ee9da41dd4a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28cdfaa9a2b340e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Feel good Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,059</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>