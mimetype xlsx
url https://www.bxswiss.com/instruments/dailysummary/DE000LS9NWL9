--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0dfa868e5c14934" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc9cc1e7fc04f03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28cdfaa9a2b340e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R890d407e5ace4327"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red3ee9da41dd4a9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28cdfaa9a2b340e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a2002bb6784865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R890d407e5ace4327" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Feel good Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>160,047</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>