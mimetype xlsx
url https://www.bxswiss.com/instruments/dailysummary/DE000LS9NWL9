--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc9cc1e7fc04f03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9b67d0ee0e463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R890d407e5ace4327"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed80033d0eb4421"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7a2002bb6784865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R890d407e5ace4327" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45c54bd9525c43d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed80033d0eb4421" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Feel good Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>143,378</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,067</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>142,016</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,117</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>144,338</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>