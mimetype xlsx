--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19380a6245ef4073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89bcb0de77044be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R187d970c20b54c84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc9f3c7fb8a485c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712a4c46cf8c46c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R187d970c20b54c84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae2dfecadc3045a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc9f3c7fb8a485c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bambus Ultra</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>523,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>533,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>518,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>531,172</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>537,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>548,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>