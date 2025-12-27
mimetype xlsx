--- v1 (2025-11-15)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89bcb0de77044be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9dc74b05c014e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc9f3c7fb8a485c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336d470b9c484919"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae2dfecadc3045a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc9f3c7fb8a485c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c4c4680c1b42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336d470b9c484919" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bambus Ultra</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>511,388</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>