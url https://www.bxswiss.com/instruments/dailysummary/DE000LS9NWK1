--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9dc74b05c014e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d4540a1138b4260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336d470b9c484919"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R786853b94cfb449f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c4c4680c1b42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336d470b9c484919" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R992bca7509e74687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R786853b94cfb449f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bambus Ultra</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>521,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>525,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>526,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>524,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>