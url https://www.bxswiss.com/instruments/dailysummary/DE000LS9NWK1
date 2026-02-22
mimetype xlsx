--- v3 (2026-01-16)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d4540a1138b4260" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c371b9b6e34cf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R786853b94cfb449f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b925f321ff644ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R992bca7509e74687" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R786853b94cfb449f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea212d47c7b941b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b925f321ff644ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bambus Ultra</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>512,097</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>