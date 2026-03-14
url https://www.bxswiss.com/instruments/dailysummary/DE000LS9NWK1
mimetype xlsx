--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c371b9b6e34cf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee73aa4eea740c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b925f321ff644ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb9eb42ee4994fad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea212d47c7b941b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b925f321ff644ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R554472e52a38452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb9eb42ee4994fad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bambus Ultra</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NWK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>407,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>