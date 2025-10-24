--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2748dc6f2ff4bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42b996dca8094a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aaf7c7de1644d0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff0a4a6bfa949fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1902b912c74e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aaf7c7de1644d0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f1b85b843494471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff0a4a6bfa949fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NV29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>141,407</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,663</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>140,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,194</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>