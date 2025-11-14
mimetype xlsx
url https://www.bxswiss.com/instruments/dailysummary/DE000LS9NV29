--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42b996dca8094a3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d096fcfc4445bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff0a4a6bfa949fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf8c221cd6eb4381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f1b85b843494471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff0a4a6bfa949fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde325dacd7c4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf8c221cd6eb4381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NV29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>143,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,983</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>141,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>