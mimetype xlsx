--- v2 (2025-11-14)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d096fcfc4445bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re799bd548af94580" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf8c221cd6eb4381"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb852ef38dda641e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde325dacd7c4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf8c221cd6eb4381" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0cb0c058e8c42aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb852ef38dda641e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NV29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,579</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>