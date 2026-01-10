--- v3 (2026-01-09)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re799bd548af94580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1824b77157484ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb852ef38dda641e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd5a53b683234d06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0cb0c058e8c42aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb852ef38dda641e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16bc64fb406949e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd5a53b683234d06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NV29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -609,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>