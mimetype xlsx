--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1824b77157484ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65dab765a7f549c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd5a53b683234d06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab480914a4214bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16bc64fb406949e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd5a53b683234d06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93e17edccb334b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab480914a4214bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>five-alive CH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NV29</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>135,459</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>