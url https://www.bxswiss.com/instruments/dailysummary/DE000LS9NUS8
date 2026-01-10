--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98245fd581e9406b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb119c16d21144fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb83f3b78b9484b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R759f59df22e746e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2018b076e294f40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb83f3b78b9484b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45d136536827448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R759f59df22e746e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividentitis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>123,826</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>