--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb119c16d21144fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c84bed0aa554adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R759f59df22e746e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9ffb1c9729c4d22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45d136536827448f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R759f59df22e746e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c3d085768a4c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9ffb1c9729c4d22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividentitis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>131,404</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>