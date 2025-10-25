--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7759d79ca5242da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99548db6b1f4b7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7632d2bc70c4a1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dce1a7514664006"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cba2259433048db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7632d2bc70c4a1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R636676dee86d4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dce1a7514664006" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnergieUndVersorgung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>77,503</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>77,344</x:t>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,263</x:t>
-[...350 lines deleted...]
-          <x:t>77,614</x:t>
+          <x:t>77,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>