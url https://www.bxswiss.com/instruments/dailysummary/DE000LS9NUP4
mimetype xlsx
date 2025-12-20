--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc99548db6b1f4b7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac99ab4e63454272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dce1a7514664006"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd37dbbce8034b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R636676dee86d4f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dce1a7514664006" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R475382aa46b84a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd37dbbce8034b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnergieUndVersorgung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,938</x:t>
-[...161 lines deleted...]
-          <x:t>81,740</x:t>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,706</x:t>
-[...161 lines deleted...]
-          <x:t>79,665</x:t>
+          <x:t>81,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>