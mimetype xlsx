--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac99ab4e63454272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc9c01525f704636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd37dbbce8034b6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2906e2e412d4eaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R475382aa46b84a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd37dbbce8034b6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ae0833e069740dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2906e2e412d4eaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnergieUndVersorgung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>