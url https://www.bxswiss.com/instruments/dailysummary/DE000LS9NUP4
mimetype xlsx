--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc9c01525f704636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae1324eb76b4af0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2906e2e412d4eaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa8830e0dd524f5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ae0833e069740dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2906e2e412d4eaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd4a5595bff46b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa8830e0dd524f5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnergieUndVersorgung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>84,813</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>