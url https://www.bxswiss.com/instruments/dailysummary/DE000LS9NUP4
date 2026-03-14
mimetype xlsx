--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae1324eb76b4af0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb328c100ca084205" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa8830e0dd524f5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R050401cf85d14016"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd4a5595bff46b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa8830e0dd524f5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52973116ac534c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R050401cf85d14016" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EnergieUndVersorgung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,263</x:t>
-[...188 lines deleted...]
-          <x:t>84,654</x:t>
+          <x:t>86,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,370</x:t>
-[...296 lines deleted...]
-          <x:t>85,478</x:t>
+          <x:t>83,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>