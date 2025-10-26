--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96e8d641401a44bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89dbffe78caa400e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R099df9c354de4d24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R196fb1fb449f4ee8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2834475c710847fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R099df9c354de4d24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d1572f05a0b4691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R196fb1fb449f4ee8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>trade4fun</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>104,398</x:t>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,161</x:t>
-[...80 lines deleted...]
-          <x:t>104,304</x:t>
+          <x:t>104,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>104,172</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,281</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>