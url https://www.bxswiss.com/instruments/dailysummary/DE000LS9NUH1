--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89dbffe78caa400e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f63bf425d1849d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R196fb1fb449f4ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra99ef8d6c99645dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d1572f05a0b4691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R196fb1fb449f4ee8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249a82f8d0cb4c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra99ef8d6c99645dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>trade4fun</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>104,703</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,585</x:t>
-[...156 lines deleted...]
-          <x:t>103,879</x:t>
+          <x:t>104,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>103,908</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,797</x:t>
-[...215 lines deleted...]
-          <x:t>103,278</x:t>
+          <x:t>103,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>