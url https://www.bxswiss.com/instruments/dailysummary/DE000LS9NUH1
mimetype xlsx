--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f63bf425d1849d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R117ed0196228420a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra99ef8d6c99645dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d36802506dd4450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249a82f8d0cb4c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra99ef8d6c99645dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b919292998348ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d36802506dd4450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>trade4fun</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,869</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>