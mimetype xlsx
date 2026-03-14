--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R117ed0196228420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c1e3c214e2b4bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d36802506dd4450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0deb4b865841c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b919292998348ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d36802506dd4450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4c3c592a5984e7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0deb4b865841c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>trade4fun</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>