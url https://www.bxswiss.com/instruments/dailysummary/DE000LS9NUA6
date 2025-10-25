--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e4d3e703cd449a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf368f7babc2d4e3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f4d053d09e24110"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5368c2981dca40b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62a07a0e328f4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f4d053d09e24110" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507d6f133f6a420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5368c2981dca40b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NeueSterne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>