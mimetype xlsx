--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf368f7babc2d4e3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde734035bd2b49a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5368c2981dca40b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03a8f4e72d7496e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507d6f133f6a420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5368c2981dca40b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44b6c979fab84686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03a8f4e72d7496e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NeueSterne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>169,718</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>