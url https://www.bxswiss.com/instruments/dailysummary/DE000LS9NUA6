--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde734035bd2b49a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2950505652a4858" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03a8f4e72d7496e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded0f86b262046f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44b6c979fab84686" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03a8f4e72d7496e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabf604d927884f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded0f86b262046f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NeueSterne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>162,339</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>