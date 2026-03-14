--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2950505652a4858" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R955bc3d8987840e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded0f86b262046f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8207cd321fb24bc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabf604d927884f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded0f86b262046f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e64af6c49744eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8207cd321fb24bc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NeueSterne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NUA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>159,916</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,804</x:t>
-[...323 lines deleted...]
-          <x:t>159,052</x:t>
+          <x:t>159,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>