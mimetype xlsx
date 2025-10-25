--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0927f41a6b68450d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484b55186c914573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ca41ea21d514c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b7b32fb9db439a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65629fc954d64690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ca41ea21d514c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54be75fae4d44cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b7b32fb9db439a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All You Want</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,072</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>