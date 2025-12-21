--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484b55186c914573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e497ef5a50e466d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b7b32fb9db439a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7de06d30eb4b47c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54be75fae4d44cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b7b32fb9db439a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc869bfba4345d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7de06d30eb4b47c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All You Want</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,677</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>90,285</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>