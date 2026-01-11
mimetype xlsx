--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e497ef5a50e466d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b14fb83401749e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7de06d30eb4b47c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13d9d0e8a2f24627"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc869bfba4345d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7de06d30eb4b47c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77bba13b75324d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13d9d0e8a2f24627" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All You Want</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,534</x:t>
-[...129 lines deleted...]
-          <x:t>92,559</x:t>
+          <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,993</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>