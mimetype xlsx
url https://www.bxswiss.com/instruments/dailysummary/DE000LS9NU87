--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b14fb83401749e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971e8c7547214772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13d9d0e8a2f24627"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2495d2e537324d18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77bba13b75324d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13d9d0e8a2f24627" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd935286d90054204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2495d2e537324d18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All You Want</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>95,783</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>