--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971e8c7547214772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bd6d5241be041ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2495d2e537324d18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdb7e85825554711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd935286d90054204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2495d2e537324d18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab82936461cd4af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdb7e85825554711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All You Want</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>97,191</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>