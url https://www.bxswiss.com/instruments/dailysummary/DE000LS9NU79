--- v0 (2025-10-04)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e39a11f34d42b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R631356ccd45248d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33dc9b69222f4f29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c4f9bc9ce9b4a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d794ebcf124470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33dc9b69222f4f29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d5d2a147fd14e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c4f9bc9ce9b4a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienuniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>125,528</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,368</x:t>
-[...399 lines deleted...]
-          <x:t>126,021</x:t>
+          <x:t>125,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,781</x:t>
-[...134 lines deleted...]
-          <x:t>127,724</x:t>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>