--- v1 (2025-11-04)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R631356ccd45248d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d6fe3f442a4969" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c4f9bc9ce9b4a3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07355ef7aba466b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d5d2a147fd14e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c4f9bc9ce9b4a3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7415ff0c88a74562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07355ef7aba466b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienuniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>127,333</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>128,591</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>