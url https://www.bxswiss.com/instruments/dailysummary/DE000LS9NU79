--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d6fe3f442a4969" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f62afed8fc4e4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07355ef7aba466b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0bdc7b373af4d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7415ff0c88a74562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07355ef7aba466b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4f9e7fe384b4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0bdc7b373af4d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienuniversum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>128,907</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,088</x:t>
-[...323 lines deleted...]
-          <x:t>130,721</x:t>
+          <x:t>127,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>