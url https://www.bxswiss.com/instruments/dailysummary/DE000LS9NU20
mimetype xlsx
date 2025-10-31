--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf17d96e63f034cdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf6613d8e6d54373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb2f716b13464c4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ace9102d6f64c75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R615dbd0178e14f93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb2f716b13464c4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb218b28f89c34549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ace9102d6f64c75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoffwirtschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>