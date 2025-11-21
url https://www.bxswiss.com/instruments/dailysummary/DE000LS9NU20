--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf6613d8e6d54373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eae66bf33554d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ace9102d6f64c75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84182d1509384e58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb218b28f89c34549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ace9102d6f64c75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9508eb4178414706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84182d1509384e58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoffwirtschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>