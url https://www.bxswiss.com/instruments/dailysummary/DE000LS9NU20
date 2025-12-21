--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eae66bf33554d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff2edba75bd74253" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84182d1509384e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R963329b8ec9342ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9508eb4178414706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84182d1509384e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05722af14ac44eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R963329b8ec9342ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoffwirtschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,363</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>87,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>