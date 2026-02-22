--- v3 (2025-12-21)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff2edba75bd74253" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree3e55fe5dca4517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R963329b8ec9342ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce1def390cd4e47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05722af14ac44eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R963329b8ec9342ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450828d3f77c491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce1def390cd4e47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoffwirtschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>89,691</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>