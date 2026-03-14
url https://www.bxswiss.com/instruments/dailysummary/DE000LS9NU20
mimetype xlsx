--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree3e55fe5dca4517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d8147db04340b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce1def390cd4e47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae94142f7894b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450828d3f77c491d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce1def390cd4e47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e1cfc84bd94b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae94142f7894b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wasserstoffwirtschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>