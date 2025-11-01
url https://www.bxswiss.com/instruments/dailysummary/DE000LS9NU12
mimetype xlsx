--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec276e1f5b3f4ac2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0db99e50e6bd4fa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafbf3e627e8a49c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3095a509c11346a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19238221ecad4c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafbf3e627e8a49c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7cbafb8479240de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3095a509c11346a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NeoTorti</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>80,846</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,918</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>17.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,804</x:t>
-[...333 lines deleted...]
-          <x:t>80,842</x:t>
+          <x:t>80,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>