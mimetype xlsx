--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0db99e50e6bd4fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617b664df99f42b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3095a509c11346a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra80d0be1c1e04337"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7cbafb8479240de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3095a509c11346a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee7f6783501490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra80d0be1c1e04337" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NeoTorti</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>80,620</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,647</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...445 lines deleted...]
-          <x:t>30.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>80,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,190</x:t>
-[...31 lines deleted...]
-          <x:t>80,157</x:t>
+          <x:t>80,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>