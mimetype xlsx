--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617b664df99f42b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc90e358f9de445cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra80d0be1c1e04337"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce9f06dff434cfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee7f6783501490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra80d0be1c1e04337" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45bc0f0891a3493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce9f06dff434cfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NeoTorti</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>80,509</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>