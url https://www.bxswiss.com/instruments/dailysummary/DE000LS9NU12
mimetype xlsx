--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc90e358f9de445cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1956ad45fccd41ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce9f06dff434cfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cbe7b75a8da4960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45bc0f0891a3493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce9f06dff434cfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4783ea0dee184b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cbe7b75a8da4960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NeoTorti</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NU12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>