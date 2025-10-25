--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7fce68fd8ec42c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49a35fe61424071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d0760ab89f4325"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re35747dde6e84e46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R716e693f271f4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d0760ab89f4325" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ee07d441d6a4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re35747dde6e84e46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>einfach gemacht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,136</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>6,223</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,112</x:t>
-[...274 lines deleted...]
-          <x:t>5,822</x:t>
+          <x:t>6,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>