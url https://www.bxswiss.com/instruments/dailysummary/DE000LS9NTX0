--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb49a35fe61424071" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4affe2519d64517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re35747dde6e84e46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb025d802cd294a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ee07d441d6a4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re35747dde6e84e46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc12439486c4e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb025d802cd294a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>einfach gemacht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>5,963</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>