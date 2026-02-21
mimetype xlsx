--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4affe2519d64517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0adaa7e5c324e00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb025d802cd294a7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f15ec1598324ef4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc12439486c4e63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb025d802cd294a7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0768bb91161a4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f15ec1598324ef4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>einfach gemacht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,922</x:t>
-[...166 lines deleted...]
-          <x:t>3,820</x:t>
+          <x:t>3,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>3,935</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>