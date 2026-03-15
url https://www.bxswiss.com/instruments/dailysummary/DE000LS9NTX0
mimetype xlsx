--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0adaa7e5c324e00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f33ae6b3fac485e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f15ec1598324ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15fdedc4bea24846"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0768bb91161a4ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f15ec1598324ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re16d3aa6110c4786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15fdedc4bea24846" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>einfach gemacht</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...419 lines deleted...]
-          <x:t>3,211</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,227</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,128</x:t>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>