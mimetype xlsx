--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4810a209ab334521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e4a74419ef4d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ba2550b4e14c06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11419c8fb7c343ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaf2fece176c414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ba2550b4e14c06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7266f8a0b7734671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11419c8fb7c343ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt des Digitalen Zahlens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>41,406</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,012</x:t>
-[...377 lines deleted...]
-          <x:t>40,276</x:t>
+          <x:t>41,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>