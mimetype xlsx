--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e4a74419ef4d02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acd548c603a4b0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11419c8fb7c343ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra857c64414a64775"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7266f8a0b7734671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11419c8fb7c343ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bad14c97931426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra857c64414a64775" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt des Digitalen Zahlens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>36,534</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>