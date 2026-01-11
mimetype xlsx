--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8acd548c603a4b0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dfb52f6b52343eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra857c64414a64775"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R803e6e23f26b4f03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bad14c97931426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra857c64414a64775" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d786826461436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R803e6e23f26b4f03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt des Digitalen Zahlens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>36,660</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,672</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>36,617</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,672</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,899</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>