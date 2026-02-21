--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dfb52f6b52343eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0167543482845ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R803e6e23f26b4f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80bde0698abd40ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d786826461436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R803e6e23f26b4f03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cf81c56a0234508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80bde0698abd40ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt des Digitalen Zahlens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>37,338</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>