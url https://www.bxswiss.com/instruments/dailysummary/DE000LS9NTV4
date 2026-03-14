--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0167543482845ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc6283c8086042e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80bde0698abd40ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b26e8aa0829416e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cf81c56a0234508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80bde0698abd40ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4129e4b639e4458d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b26e8aa0829416e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Welt des Digitalen Zahlens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>32,501</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,587</x:t>
-[...420 lines deleted...]
-        <x:is>
           <x:t>32,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,337</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>