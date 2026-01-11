--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674b3f2c0f5143f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061913c8574b4088" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3f025df18794404"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44630240ef034a48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcdc7cb30b264cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3f025df18794404" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22da8eb1f38f4525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44630240ef034a48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nigel Investments Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...549 lines deleted...]
-          <x:t>118,284</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>118,658</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,633</x:t>
-[...53 lines deleted...]
-          <x:t>118,929</x:t>
+          <x:t>118,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>