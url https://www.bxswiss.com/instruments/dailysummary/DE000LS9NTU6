--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061913c8574b4088" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Race1867b80794032" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44630240ef034a48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e05eb2d4de74455"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22da8eb1f38f4525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44630240ef034a48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd5ac670b9724dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e05eb2d4de74455" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nigel Investments Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>117,596</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,111</x:t>
-[...220 lines deleted...]
-          <x:t>118,414</x:t>
+          <x:t>118,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>