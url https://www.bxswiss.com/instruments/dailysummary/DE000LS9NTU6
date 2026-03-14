--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Race1867b80794032" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89569e6cde04c75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e05eb2d4de74455"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce7eab9b66b54717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd5ac670b9724dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e05eb2d4de74455" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1aa4bd39cb143e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce7eab9b66b54717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nigel Investments Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>116,090</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,323</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>115,857</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>