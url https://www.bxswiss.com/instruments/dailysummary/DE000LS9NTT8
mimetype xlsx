--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b3dd231ee554c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R230cf526d38743bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2097f34aae48c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re12030c6c6e54cde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb3d71326dd46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2097f34aae48c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re500ffe5af9945e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re12030c6c6e54cde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Score Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>117,866</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,099</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>118,758</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>