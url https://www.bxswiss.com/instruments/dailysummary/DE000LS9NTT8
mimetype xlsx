--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R230cf526d38743bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra547e8a4b93146e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re12030c6c6e54cde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1524f90a666c4187"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re500ffe5af9945e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re12030c6c6e54cde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c7f8ed18674387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1524f90a666c4187" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Score Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>120,556</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>