--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra547e8a4b93146e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d334905fd54132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1524f90a666c4187"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R201f2a48ec40418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c7f8ed18674387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1524f90a666c4187" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10791600d6e24b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R201f2a48ec40418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Score Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>120,653</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>