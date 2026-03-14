--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7d334905fd54132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree2fbff3d77742e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R201f2a48ec40418a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R709cc5b56b1c4891"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10791600d6e24b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R201f2a48ec40418a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16bb3c41e0d042b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R709cc5b56b1c4891" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Score Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>