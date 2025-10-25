--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R305a3a2f2ff74304" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R524eef7307a64aac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R440be9ff7dd54169"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39764e43f9a04c6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a5b06d386a7422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R440be9ff7dd54169" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R753292c1a1604d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39764e43f9a04c6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>100,334</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,312</x:t>
-[...227 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,637</x:t>
-[...198 lines deleted...]
-          <x:t>100,638</x:t>
+          <x:t>100,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>