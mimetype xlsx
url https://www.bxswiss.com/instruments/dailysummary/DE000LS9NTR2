--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R524eef7307a64aac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097c4cc432a34257" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39764e43f9a04c6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R811921f8f6134699"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R753292c1a1604d6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39764e43f9a04c6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73da6c85f56b44c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R811921f8f6134699" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>100,210</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,477</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>100,692</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,577</x:t>
-[...436 lines deleted...]
-          <x:t>102,135</x:t>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>