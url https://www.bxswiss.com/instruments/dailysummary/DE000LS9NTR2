--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097c4cc432a34257" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf4df788be244785" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R811921f8f6134699"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1644d82e1b948c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73da6c85f56b44c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R811921f8f6134699" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902ff61e48f640dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1644d82e1b948c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,884</x:t>
-[...75 lines deleted...]
-          <x:t>101,885</x:t>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,560</x:t>
-[...188 lines deleted...]
-          <x:t>101,742</x:t>
+          <x:t>102,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...127 lines deleted...]
-          <x:t>101,338</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>