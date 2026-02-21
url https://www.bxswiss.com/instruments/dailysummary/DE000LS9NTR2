--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf4df788be244785" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af1c123046b49b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1644d82e1b948c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b85ceda3154bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902ff61e48f640dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1644d82e1b948c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ce47da430545ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b85ceda3154bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>101,440</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,338</x:t>
-[...242 lines deleted...]
-          <x:t>102,514</x:t>
+          <x:t>101,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>