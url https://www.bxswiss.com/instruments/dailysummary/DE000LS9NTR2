--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af1c123046b49b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R087ee8cac86b4495" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b85ceda3154bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc32f7901ab114f79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6ce47da430545ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b85ceda3154bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bae457e2804456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc32f7901ab114f79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robotik Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NTR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>101,495</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,222</x:t>
-[...124 lines deleted...]
-          <x:t>101,041</x:t>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,897</x:t>
-[...227 lines deleted...]
-          <x:t>101,463</x:t>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,522</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>19.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,960</x:t>
-[...36 lines deleted...]
-          <x:t>101,163</x:t>
+          <x:t>100,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>