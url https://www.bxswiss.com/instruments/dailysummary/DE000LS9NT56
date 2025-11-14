--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf68a8b9616334cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4048b989f1734f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41e866a746f3476c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59f1811f62ea4793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6d62cb943443dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41e866a746f3476c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64e38216ad3f474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59f1811f62ea4793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>120,769</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,878</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,187</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>120,869</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>