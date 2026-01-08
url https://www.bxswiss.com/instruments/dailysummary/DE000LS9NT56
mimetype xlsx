--- v1 (2025-11-14)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4048b989f1734f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra731fb3486b94a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59f1811f62ea4793"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c6ed93d3ea44fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64e38216ad3f474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59f1811f62ea4793" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra055e5b9fadd474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c6ed93d3ea44fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,211</x:t>
-[...630 lines deleted...]
-          <x:t>122,669</x:t>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>