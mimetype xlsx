--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra731fb3486b94a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a435a984a64f4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c6ed93d3ea44fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee759200c494efd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra055e5b9fadd474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c6ed93d3ea44fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102d6af192f44937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee759200c494efd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>121,363</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>