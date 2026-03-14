--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a435a984a64f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e02328a7ff54024" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee759200c494efd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5b619513a94b29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102d6af192f44937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee759200c494efd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb6daa2fd8394135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5b619513a94b29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Wachstumsaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>