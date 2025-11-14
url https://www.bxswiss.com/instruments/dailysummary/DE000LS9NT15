--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91265c2d3036468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564ebadf0b384b7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba9c7cc874014ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c705eccc3547ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc35af69da0104404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba9c7cc874014ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R565053f4a949434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c705eccc3547ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YH  deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>46,551</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,521</x:t>
-[...269 lines deleted...]
-          <x:t>46,700</x:t>
+          <x:t>46,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>