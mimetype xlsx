--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564ebadf0b384b7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55da69034a14936" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33c705eccc3547ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f7bfb65d8db4eff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R565053f4a949434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33c705eccc3547ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c9d73aaffc44424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f7bfb65d8db4eff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YH  deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>46,386</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,270</x:t>
-[...350 lines deleted...]
-          <x:t>46,267</x:t>
+          <x:t>46,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,394</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>45,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>