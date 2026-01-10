--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re55da69034a14936" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8634a8daf5344f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f7bfb65d8db4eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5133f5e4ffab4eed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c9d73aaffc44424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f7bfb65d8db4eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b249b1f0f0a4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5133f5e4ffab4eed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YH  deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>46,355</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,280</x:t>
-[...556 lines deleted...]
-          <x:t>46,436</x:t>
+          <x:t>46,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,394</x:t>
+          <x:t>46,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>