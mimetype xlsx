--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8634a8daf5344f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915094be17b244f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5133f5e4ffab4eed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb67089d14ad468d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b249b1f0f0a4e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5133f5e4ffab4eed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref2e43b2caeb476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb67089d14ad468d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YH  deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>46,380</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>