--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915094be17b244f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f07dbc9f8849b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb67089d14ad468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5231a6361f0b4f33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref2e43b2caeb476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb67089d14ad468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5382d07fb834f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5231a6361f0b4f33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>YH  deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,334</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>