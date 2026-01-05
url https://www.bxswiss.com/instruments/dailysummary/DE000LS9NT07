--- v0 (2025-10-03)
+++ v1 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a317e550b844db6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20faa01f451a41eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f00769e8ec4c32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fed2a8c1ac84dba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbf397426314941" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f00769e8ec4c32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8435bcd8f2724e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fed2a8c1ac84dba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Variabel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>113,169</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>