--- v1 (2026-01-05)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20faa01f451a41eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe53d8c74a7443d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fed2a8c1ac84dba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a92505f71ec4ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8435bcd8f2724e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fed2a8c1ac84dba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26fef043376045ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a92505f71ec4ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Variabel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>131,793</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,467</x:t>
-[...323 lines deleted...]
-          <x:t>128,036</x:t>
+          <x:t>129,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>