--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe53d8c74a7443d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5bab9b4cade469e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a92505f71ec4ad0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81f9077ad275456e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26fef043376045ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a92505f71ec4ad0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760907e9e8e34453" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81f9077ad275456e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Variabel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NT07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>