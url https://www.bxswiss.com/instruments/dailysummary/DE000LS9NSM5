--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb386cc3a51d84bf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89281048e954437d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5323058434484e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb081e4a19004ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84845b9791864eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5323058434484e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc06a5c5261844022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb081e4a19004ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie 2019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,128</x:t>
-[...441 lines deleted...]
-          <x:t>126,778</x:t>
+          <x:t>124,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>