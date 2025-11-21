--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89281048e954437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0503bbfc07f6455e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb081e4a19004ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd6210c6e3d4ab7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc06a5c5261844022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb081e4a19004ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7487f87b4e4040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd6210c6e3d4ab7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie 2019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>