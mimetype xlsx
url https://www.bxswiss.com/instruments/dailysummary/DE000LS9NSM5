--- v2 (2025-11-21)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0503bbfc07f6455e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293c0d44bf3d4567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd6210c6e3d4ab7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2029c07b74cf4cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7487f87b4e4040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd6210c6e3d4ab7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50e3d4d791324344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2029c07b74cf4cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie 2019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,583</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>