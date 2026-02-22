--- v3 (2026-01-09)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293c0d44bf3d4567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4257c6a366704c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2029c07b74cf4cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4b333aff8b4ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50e3d4d791324344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2029c07b74cf4cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96653c88f63c4e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4b333aff8b4ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie 2019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>135,278</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>