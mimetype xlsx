--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4257c6a366704c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a94e92a788e4ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4b333aff8b4ee3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad9463822af54331"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96653c88f63c4e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4b333aff8b4ee3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9f0ce22d71e4f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad9463822af54331" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenstrategie 2019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>135,909</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,892</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>136,783</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,670</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>