--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5ef03406ad34b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c558f147d240d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2138301c23ee45b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R620bb547a30648f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1435e96e116a406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2138301c23ee45b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65ed4f106d134599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R620bb547a30648f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select RSL-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>247,193</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,675</x:t>
-        </x:is>
-[...592 lines deleted...]
-          <x:t>275,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>