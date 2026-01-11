--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c558f147d240d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2d97b219844907" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R620bb547a30648f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R982fcc5aa3ab459f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65ed4f106d134599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R620bb547a30648f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b97cc49e0a347e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R982fcc5aa3ab459f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select RSL-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>247,675</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>