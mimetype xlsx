--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2d97b219844907" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54fcda11dc5d4478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R982fcc5aa3ab459f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R046428a499e04c50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b97cc49e0a347e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R982fcc5aa3ab459f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60896f3b75084d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R046428a499e04c50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select RSL-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>258,851</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>