--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54fcda11dc5d4478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7fd2dc0747429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R046428a499e04c50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb75ed0ee5bc540ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60896f3b75084d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R046428a499e04c50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R748e417fdec84364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb75ed0ee5bc540ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select RSL-Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>