--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f15322cf5c94412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0df3a0ad66d4dd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0128fdf323e74789"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8851a9cd326b4377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31f1a121437b433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0128fdf323e74789" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03070c9bcb174a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8851a9cd326b4377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spezialisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>