--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0df3a0ad66d4dd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d0e43c4d4a84286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8851a9cd326b4377"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72e62d100c14d28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03070c9bcb174a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8851a9cd326b4377" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9827b5d452dc47ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72e62d100c14d28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spezialisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>166,016</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>