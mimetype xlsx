--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d0e43c4d4a84286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84576243b0fd4daf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72e62d100c14d28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra738117ee3174731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9827b5d452dc47ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72e62d100c14d28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9421bb5e8b4413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra738117ee3174731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spezialisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,579</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>