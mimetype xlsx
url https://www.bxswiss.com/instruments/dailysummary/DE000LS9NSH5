--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84576243b0fd4daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6211a2df02174ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra738117ee3174731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23cfb7e713914c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9421bb5e8b4413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra738117ee3174731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfecddedd93ef457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23cfb7e713914c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spezialisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>169,136</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>