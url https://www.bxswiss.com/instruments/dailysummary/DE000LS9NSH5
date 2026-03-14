--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6211a2df02174ea0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bf18328eb664242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23cfb7e713914c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra515e17c39124b0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfecddedd93ef457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23cfb7e713914c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf55494ca16284a6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra515e17c39124b0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spezialisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,007</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>