--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ed351f442794a2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87bfdd645194886" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R414f6edf13764c8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0e2d179f6c4847"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd59ad5feb564584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R414f6edf13764c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9701e311028b4f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0e2d179f6c4847" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP Innovativ x TOP Arbeitgeber</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,703</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>