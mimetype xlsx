--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87bfdd645194886" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13195bcdae7e4674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0e2d179f6c4847"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R587ed968b3574019"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9701e311028b4f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0e2d179f6c4847" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ef75c4c2b1844a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R587ed968b3574019" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP Innovativ x TOP Arbeitgeber</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>109,003</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,047</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...386 lines deleted...]
-          <x:t>109,092</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,919</x:t>
-[...4 lines deleted...]
-          <x:t>108,977</x:t>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>