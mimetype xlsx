--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13195bcdae7e4674" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5fc4bf74e3741fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R587ed968b3574019"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R734a332234564b2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ef75c4c2b1844a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R587ed968b3574019" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2985837835c470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R734a332234564b2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP Innovativ x TOP Arbeitgeber</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...620 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,820</x:t>
-[...9 lines deleted...]
-          <x:t>107,002</x:t>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>