--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5fc4bf74e3741fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf592a72a3f434cb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R734a332234564b2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad79a7e299bb49a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2985837835c470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R734a332234564b2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c92b34077cb43d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad79a7e299bb49a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP Innovativ x TOP Arbeitgeber</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>107,052</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,119</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>03.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,959</x:t>
-[...333 lines deleted...]
-          <x:t>107,147</x:t>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>