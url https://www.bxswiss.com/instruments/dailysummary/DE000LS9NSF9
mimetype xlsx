--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf592a72a3f434cb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eee264d4d3f42ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad79a7e299bb49a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd47b796678ec473e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c92b34077cb43d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad79a7e299bb49a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82cfe1c18f4941b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd47b796678ec473e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP Innovativ x TOP Arbeitgeber</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>108,066</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>