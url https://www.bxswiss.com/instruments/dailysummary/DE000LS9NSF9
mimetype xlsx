--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eee264d4d3f42ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8f8a9924ed14eb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd47b796678ec473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c6c2ea61c0844a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82cfe1c18f4941b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd47b796678ec473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0978aba940d14072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c6c2ea61c0844a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TOP Innovativ x TOP Arbeitgeber</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>104,395</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,542</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>05.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,428</x:t>
-[...306 lines deleted...]
-          <x:t>98,852</x:t>
+          <x:t>103,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>