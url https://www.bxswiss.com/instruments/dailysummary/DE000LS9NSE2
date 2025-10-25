--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a003b8f85254984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de499e74f4c41a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dc0fa26924243a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc678e62e89d84052"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf00b9067d188463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dc0fa26924243a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb5f3eb37c1845eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc678e62e89d84052" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Healthy Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,867</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>