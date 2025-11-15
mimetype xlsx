--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de499e74f4c41a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc45399ef2fa14e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc678e62e89d84052"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b2a661df46c45e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb5f3eb37c1845eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc678e62e89d84052" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159acfa5f2c64c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b2a661df46c45e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Healthy Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>