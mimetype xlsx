--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc45399ef2fa14e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded173d27a024c30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b2a661df46c45e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re71c3e32d4e14cc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R159acfa5f2c64c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b2a661df46c45e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936b547d1879463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re71c3e32d4e14cc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Healthy Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...350 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,823</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>108,961</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>