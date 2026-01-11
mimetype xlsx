--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded173d27a024c30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb4d6eeacd2d4d70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re71c3e32d4e14cc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf1b25196ad40ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936b547d1879463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re71c3e32d4e14cc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34dc97ada6844ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf1b25196ad40ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Healthy Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>109,906</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>113,871</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,534</x:t>
-[...215 lines deleted...]
-          <x:t>113,944</x:t>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>