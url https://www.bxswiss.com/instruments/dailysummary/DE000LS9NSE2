--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb4d6eeacd2d4d70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6278a04b12c74af0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf1b25196ad40ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fdf56299d1d448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34dc97ada6844ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf1b25196ad40ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aad6eab52e74e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fdf56299d1d448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Healthy Lifestyle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,436</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>