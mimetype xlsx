--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7992bf1b844083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7da37f308ab4660" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce775aca2712484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra738499569214650"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0febeb74657e4b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce775aca2712484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1b44706be4d440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra738499569214650" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>