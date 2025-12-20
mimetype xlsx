--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7da37f308ab4660" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01b5f9cf4139475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra738499569214650"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48322d3dc12c4bcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1b44706be4d440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra738499569214650" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a98c806a8254630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48322d3dc12c4bcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>157,172</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,144</x:t>
-[...431 lines deleted...]
-          <x:t>163,392</x:t>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>