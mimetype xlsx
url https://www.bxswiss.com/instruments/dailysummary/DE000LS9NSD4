--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01b5f9cf4139475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e116de89001489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48322d3dc12c4bcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f34616b10e4ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a98c806a8254630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48322d3dc12c4bcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11169c0a6a47492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f34616b10e4ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>