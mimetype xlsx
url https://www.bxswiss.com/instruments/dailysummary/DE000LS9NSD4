--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e116de89001489d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d0dbaf07c0c48eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37f34616b10e4ddb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11511354da714723"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11169c0a6a47492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37f34616b10e4ddb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcece78f24da46c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11511354da714723" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,291</x:t>
-[...306 lines deleted...]
-          <x:t>154,486</x:t>
+          <x:t>149,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>