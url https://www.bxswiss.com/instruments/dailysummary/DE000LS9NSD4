--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d0dbaf07c0c48eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6129e57f722345e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11511354da714723"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7833397df9d4db1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcece78f24da46c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11511354da714723" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d2f8b8c77f446be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7833397df9d4db1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>