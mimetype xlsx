--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7145f032bb9b41f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bb7a7d1e4e14c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6894cd8c1ef4500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31cde683985a45bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46a88b79f26d4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6894cd8c1ef4500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb3c89d7f2204448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31cde683985a45bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide potential medium term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>