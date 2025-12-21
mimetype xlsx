--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bb7a7d1e4e14c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf68053fc1c234047" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31cde683985a45bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2167a5a425b4be8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb3c89d7f2204448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31cde683985a45bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1109ed2fedb24e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2167a5a425b4be8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide potential medium term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>142,356</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>