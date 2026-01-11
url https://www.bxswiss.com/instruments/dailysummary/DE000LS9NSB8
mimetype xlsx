--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf68053fc1c234047" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91311f498cc44232" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2167a5a425b4be8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275535055c684366"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1109ed2fedb24e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2167a5a425b4be8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9335b5d8f4d4695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275535055c684366" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide potential medium term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>