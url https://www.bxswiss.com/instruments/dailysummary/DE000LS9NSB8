--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91311f498cc44232" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ddb25412dbc49d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R275535055c684366"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd82ee02c3ce6419c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9335b5d8f4d4695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R275535055c684366" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra96cfe28e0bb48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd82ee02c3ce6419c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Worldwide potential medium term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>137,377</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>