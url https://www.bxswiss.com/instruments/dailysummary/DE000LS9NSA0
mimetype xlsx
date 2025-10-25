--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a06bbbdbcac4a6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12dbd7c316644267" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ca95bd86beb429c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19646a7ec0f9450f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dcdeafa75c74362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ca95bd86beb429c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3ed2f864f9240f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19646a7ec0f9450f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewChanceGRD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>