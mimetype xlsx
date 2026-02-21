--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12dbd7c316644267" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6f07f3a56f4f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19646a7ec0f9450f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb3c7845e3354a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3ed2f864f9240f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19646a7ec0f9450f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e89ce2739de46e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb3c7845e3354a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewChanceGRD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>206,041</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>