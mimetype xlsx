--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6f07f3a56f4f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a4d102db324232" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb3c7845e3354a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re24ba6060ca145c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e89ce2739de46e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb3c7845e3354a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa253780a49b4173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re24ba6060ca145c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewChanceGRD</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NSA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>