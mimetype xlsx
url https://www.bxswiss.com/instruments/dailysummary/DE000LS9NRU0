--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdbbb4c2c9714fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb40e7e14a1864671" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ccf300ebe324439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd24fb6905de64f25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2673bf1f2f894091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ccf300ebe324439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1984e01068b14cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd24fb6905de64f25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guerilla Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>148,116</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,991</x:t>
-[...372 lines deleted...]
-          <x:t>148,322</x:t>
+          <x:t>147,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>150,304</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>