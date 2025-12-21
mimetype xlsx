--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb40e7e14a1864671" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc8c8f91b9b4601" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd24fb6905de64f25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf045a2cd3a994cd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1984e01068b14cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd24fb6905de64f25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2989cc0ebf71464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf045a2cd3a994cd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guerilla Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>148,852</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,130</x:t>
-[...539 lines deleted...]
-          <x:t>151,763</x:t>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>