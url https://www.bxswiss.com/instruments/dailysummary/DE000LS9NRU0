--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc8c8f91b9b4601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f6d20ee4b964441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf045a2cd3a994cd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a855b56d0a4724"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2989cc0ebf71464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf045a2cd3a994cd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R904a49f43e044a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a855b56d0a4724" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guerilla Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>155,195</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,952</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,814</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>