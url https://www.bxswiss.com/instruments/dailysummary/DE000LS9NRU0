--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f6d20ee4b964441" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25257abee0f445f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1a855b56d0a4724"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c37071f5b3d4dc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R904a49f43e044a4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1a855b56d0a4724" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7447d26f30174339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c37071f5b3d4dc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guerilla Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>155,730</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,826</x:t>
-[...227 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>156,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,322</x:t>
-[...63 lines deleted...]
-          <x:t>156,610</x:t>
+          <x:t>157,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>