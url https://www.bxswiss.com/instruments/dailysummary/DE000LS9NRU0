--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25257abee0f445f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086519f46ff14458" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c37071f5b3d4dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R124b6fdee87443a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7447d26f30174339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c37071f5b3d4dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra624f813b6904608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R124b6fdee87443a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Guerilla Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>