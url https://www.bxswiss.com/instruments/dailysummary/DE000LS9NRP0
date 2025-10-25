--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6f327f2a3874628" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23955403a9e24515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R536883cdefff4366"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R629d1f3ed0e7472c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23ea24f790fe48c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R536883cdefff4366" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf30d67bc45475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R629d1f3ed0e7472c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Play</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>48,512</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,516</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>48,080</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,004</x:t>
-[...355 lines deleted...]
-          <x:t>47,304</x:t>
+          <x:t>48,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>