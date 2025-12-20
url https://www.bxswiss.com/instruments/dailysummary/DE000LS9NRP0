--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23955403a9e24515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc539b8eddf4555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R629d1f3ed0e7472c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e04f18379a41fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bf30d67bc45475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R629d1f3ed0e7472c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddba6fb676384be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e04f18379a41fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Play</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>47,787</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>09.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>49,040</x:t>
-[...306 lines deleted...]
-          <x:t>49,300</x:t>
+          <x:t>47,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>