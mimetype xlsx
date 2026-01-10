--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc539b8eddf4555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd371bb25ad84562" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e04f18379a41fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48379bad2dac40ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddba6fb676384be9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e04f18379a41fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a95b79736f4599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48379bad2dac40ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Play</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>