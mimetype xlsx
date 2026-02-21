--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd371bb25ad84562" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85292670c05f47cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48379bad2dac40ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c987fd46d94f53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a95b79736f4599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48379bad2dac40ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a399149e30246ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c987fd46d94f53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Play</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,682</x:t>
-[...90 lines deleted...]
-          <x:t>51,005</x:t>
+          <x:t>49,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>