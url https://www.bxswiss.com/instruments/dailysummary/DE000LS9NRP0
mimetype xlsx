--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85292670c05f47cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc06c2cf25f814d04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c987fd46d94f53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ccb5c65a6c745e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a399149e30246ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c987fd46d94f53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4a37b0a37124a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ccb5c65a6c745e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Play</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>