--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc5ca74a2c104bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54544d349ec74f23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf279281b0a514f19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R129ea41e7a224f31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53e4dd29ed3c470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf279281b0a514f19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcefdb1b72d0540db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R129ea41e7a224f31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende Invest Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>108,696</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,579</x:t>
-[...134 lines deleted...]
-          <x:t>109,214</x:t>
+          <x:t>108,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,956</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>