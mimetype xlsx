--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54544d349ec74f23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd86fdda2a74590" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R129ea41e7a224f31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e62283b4f5640fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcefdb1b72d0540db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R129ea41e7a224f31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40f38a5b5f7477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e62283b4f5640fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende Invest Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>105,712</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,837</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>106,477</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,342</x:t>
-[...26 lines deleted...]
-          <x:t>105,956</x:t>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>