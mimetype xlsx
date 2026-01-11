--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cd86fdda2a74590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recaabfde17fb43e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e62283b4f5640fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1feb36068d734400"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40f38a5b5f7477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e62283b4f5640fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff587f77e534727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1feb36068d734400" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende Invest Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>106,991</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>