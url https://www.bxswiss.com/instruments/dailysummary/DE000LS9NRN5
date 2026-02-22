--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recaabfde17fb43e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe9f79b1dcf4d4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1feb36068d734400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d55fd4cf6574016"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff587f77e534727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1feb36068d734400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc02623e01144490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d55fd4cf6574016" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende Invest Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>108,225</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,922</x:t>
-[...220 lines deleted...]
-          <x:t>111,346</x:t>
+          <x:t>107,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>