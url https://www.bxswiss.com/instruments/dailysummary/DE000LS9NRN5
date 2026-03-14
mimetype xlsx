--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe9f79b1dcf4d4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b949c6dcfff4642" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d55fd4cf6574016"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a23195390134373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc02623e01144490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d55fd4cf6574016" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e885e3c639f42dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a23195390134373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende Invest Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>108,390</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,907</x:t>
-[...431 lines deleted...]
-          <x:t>110,644</x:t>
+          <x:t>107,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>