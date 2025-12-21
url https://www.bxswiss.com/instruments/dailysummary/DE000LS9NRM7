--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e7075660766462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7907b9ff759545de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbded306ed23b46a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a91ac6c729447eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39fc1fbe416d4db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbded306ed23b46a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ba6f6dcd23f4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a91ac6c729447eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Venture Capital Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>179,927</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>