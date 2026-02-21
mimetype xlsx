--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7907b9ff759545de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9050cd4d5024ed7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a91ac6c729447eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d9fcece03904065"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ba6f6dcd23f4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a91ac6c729447eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9550bbfc8f4c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d9fcece03904065" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Venture Capital Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>170,656</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>