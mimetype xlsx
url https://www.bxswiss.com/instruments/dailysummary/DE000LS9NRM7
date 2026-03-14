--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9050cd4d5024ed7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92e2dbab7f334d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d9fcece03904065"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291adcc490f4447e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9550bbfc8f4c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d9fcece03904065" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34a69e7b43747aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291adcc490f4447e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Venture Capital Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>