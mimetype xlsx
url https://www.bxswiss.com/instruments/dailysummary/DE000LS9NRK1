--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf2914d11def4add" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e9b52f07924761" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdde4d21e5d5b48bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4f5284504f451a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eda520e40e74f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdde4d21e5d5b48bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e771eefe0941be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4f5284504f451a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Narodus Sustainable H2O Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>