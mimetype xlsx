--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6e9b52f07924761" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c818ec21e8a4142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4f5284504f451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b6467b80474532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e771eefe0941be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4f5284504f451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c345ab7fcc47de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b6467b80474532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Narodus Sustainable H2O Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,155</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>