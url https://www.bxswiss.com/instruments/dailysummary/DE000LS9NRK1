--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c818ec21e8a4142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd98de6ef6b74efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00b6467b80474532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R434fa3208d88440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c345ab7fcc47de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00b6467b80474532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6574a339c7c2447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R434fa3208d88440d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Narodus Sustainable H2O Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...242 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,644</x:t>
-[...31 lines deleted...]
-          <x:t>137,545</x:t>
+          <x:t>138,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>136,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>