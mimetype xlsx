--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd98de6ef6b74efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abe18e6b4264d84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R434fa3208d88440d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b4da15c4ff54612"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6574a339c7c2447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R434fa3208d88440d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba050fef5664890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b4da15c4ff54612" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Narodus Sustainable H2O Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,595</x:t>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>