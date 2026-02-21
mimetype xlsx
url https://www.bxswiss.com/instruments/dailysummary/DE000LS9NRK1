--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2abe18e6b4264d84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab7e116567744874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b4da15c4ff54612"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad38decc04cc468f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba050fef5664890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b4da15c4ff54612" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref8d48d1322f46dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad38decc04cc468f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Narodus Sustainable H2O Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>136,668</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,027</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>142,414</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>