--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab7e116567744874" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6671dc9f48fd432f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad38decc04cc468f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ef49a8f2c5d488b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref8d48d1322f46dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad38decc04cc468f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527b5d23b4c642b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ef49a8f2c5d488b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Narodus Sustainable H2O Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>