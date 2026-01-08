--- v0 (2025-10-26)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97b605aaeae84265" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f53d71975a45ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6be8cdcbd894365"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19fbbb2f913c4bba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea15060489444d2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6be8cdcbd894365" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec6131c7b98463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19fbbb2f913c4bba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TurtleTom Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>136,460</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>133,180</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>