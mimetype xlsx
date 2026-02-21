--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f53d71975a45ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033c998f9a714755" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19fbbb2f913c4bba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ef1a5bdf204186"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec6131c7b98463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19fbbb2f913c4bba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c8795e4da994b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ef1a5bdf204186" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TurtleTom Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,988</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>