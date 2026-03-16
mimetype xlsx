--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033c998f9a714755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a32cbe401047b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ef1a5bdf204186"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb974d913ff9a4753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c8795e4da994b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ef1a5bdf204186" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e56b3c16f154dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb974d913ff9a4753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TurtleTom Globale Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>137,281</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,374</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>137,776</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>