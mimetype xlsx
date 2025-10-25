--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra04663f0a1704c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f232f684a9485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd28fa8ceaea0482c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6002692c3b944b07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9a2527239974bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd28fa8ceaea0482c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7139ecc4e8404a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6002692c3b944b07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FM Aktieninvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,721</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,359</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>