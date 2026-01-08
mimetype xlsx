--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f232f684a9485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc64cd29e76b744a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6002692c3b944b07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93609ec425924cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7139ecc4e8404a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6002692c3b944b07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd4104cf3ebd44d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93609ec425924cb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FM Aktieninvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>227,831</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>