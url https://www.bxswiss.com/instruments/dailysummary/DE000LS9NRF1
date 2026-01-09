--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc64cd29e76b744a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R822c0cba54ca415c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93609ec425924cb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58edd60ab40e43c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd4104cf3ebd44d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93609ec425924cb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c508ebcf814d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58edd60ab40e43c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FM Aktieninvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,729</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>