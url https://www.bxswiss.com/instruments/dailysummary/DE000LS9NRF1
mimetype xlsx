--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R822c0cba54ca415c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cac8a627e63427c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58edd60ab40e43c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R936346ee27754d02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c508ebcf814d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58edd60ab40e43c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8a0c13d29464eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R936346ee27754d02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FM Aktieninvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>211,566</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>