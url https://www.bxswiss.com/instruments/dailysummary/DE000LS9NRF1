--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cac8a627e63427c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R207988568417490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R936346ee27754d02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e49e86c6abe4493"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8a0c13d29464eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R936346ee27754d02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fa0e96c86e643a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e49e86c6abe4493" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FM Aktieninvestment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NRF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,136</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,752</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>