--- v0 (2025-10-03)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67018d25459f44fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a5c81a6f5649ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4078ed802af43fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f580a4010f4339"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37c4cbc614414874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4078ed802af43fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e9dfa329b274f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f580a4010f4339" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzelle - Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>293,748</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>