--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a5c81a6f5649ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca84cbd994d4a34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f580a4010f4339"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c3b3442ee94395"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e9dfa329b274f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f580a4010f4339" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85d3aedd38c4277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c3b3442ee94395" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzelle - Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>