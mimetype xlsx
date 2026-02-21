--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ca84cbd994d4a34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf149b851104125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c3b3442ee94395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a5a24196af04cca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85d3aedd38c4277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c3b3442ee94395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf82b1f532ea74e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a5a24196af04cca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzelle - Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>351,736</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>