--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf149b851104125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf31f79ec27af4bee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a5a24196af04cca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R091a37f4399e4f58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf82b1f532ea74e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a5a24196af04cca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11ca351dd05e4ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R091a37f4399e4f58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzelle - Wasserstoff</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,441</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>