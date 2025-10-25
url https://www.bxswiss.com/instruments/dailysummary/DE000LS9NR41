--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e9bc61fa3964316" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b179c4b4a54929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f1baa98d9d740d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f461790c6d432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4edbef0043342ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f1baa98d9d740d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032d49607c0d4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f461790c6d432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>128,300</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,416</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...489 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>