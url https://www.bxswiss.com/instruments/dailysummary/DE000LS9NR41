--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b179c4b4a54929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d49c239347443fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f461790c6d432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f4ad239167404f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032d49607c0d4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f461790c6d432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf90755e3ce744188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f4ad239167404f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>