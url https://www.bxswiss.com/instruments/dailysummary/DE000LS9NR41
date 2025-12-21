--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d49c239347443fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1858d43168d46c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f4ad239167404f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b639ef1d79407e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf90755e3ce744188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f4ad239167404f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b04f967ee04b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b639ef1d79407e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>125,474</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,784</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>124,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>