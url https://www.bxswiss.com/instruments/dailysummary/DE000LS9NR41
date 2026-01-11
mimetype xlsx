--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1858d43168d46c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fa26972b85f459a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b639ef1d79407e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9821abd8cfb74c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b04f967ee04b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b639ef1d79407e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60c8177058444911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9821abd8cfb74c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>