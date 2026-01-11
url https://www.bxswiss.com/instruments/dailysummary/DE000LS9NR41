--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fa26972b85f459a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40cc93cd63d04cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9821abd8cfb74c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602ddc5648b24c6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60c8177058444911" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9821abd8cfb74c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c255834043d43b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602ddc5648b24c6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>