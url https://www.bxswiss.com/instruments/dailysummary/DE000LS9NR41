--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40cc93cd63d04cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R031fe15dfe8544ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602ddc5648b24c6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2731089c8b744ddc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c255834043d43b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602ddc5648b24c6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1897606e3194e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2731089c8b744ddc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Pearls</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>135,046</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>