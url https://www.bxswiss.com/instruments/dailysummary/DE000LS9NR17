--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d5a23baa9e406c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0169c6b7a44f02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca115e7a8e244d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2b56e42b6284a04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R541b92b91e4c43e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca115e7a8e244d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2fb11bad794e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2b56e42b6284a04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CCC WORLD GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>107,284</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,403</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>110,098</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>