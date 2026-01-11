--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f0169c6b7a44f02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04cbbfaa66f64cde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2b56e42b6284a04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04e216c5e8034f07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2fb11bad794e56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2b56e42b6284a04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89dedbe48ac4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04e216c5e8034f07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CCC WORLD GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>109,226</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>