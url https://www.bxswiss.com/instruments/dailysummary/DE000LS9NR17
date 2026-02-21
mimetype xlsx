--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04cbbfaa66f64cde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b147f5050e34ea1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04e216c5e8034f07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ceca5cdf07348a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89dedbe48ac4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04e216c5e8034f07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8d10ae183a4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ceca5cdf07348a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CCC WORLD GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>104,402</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>