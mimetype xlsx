--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b147f5050e34ea1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26a54ac718214391" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ceca5cdf07348a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb46b3ed7ae54519"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8d10ae183a4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ceca5cdf07348a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddc063ece91c40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb46b3ed7ae54519" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CCC WORLD GROWTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NR17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>