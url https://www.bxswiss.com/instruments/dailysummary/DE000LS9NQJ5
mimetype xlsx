--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50a32eef5de64595" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1229df26ef9d4561" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb96838689a0641d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc02b3541aa4537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d2a2b17b4174c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb96838689a0641d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894ce851d4494095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc02b3541aa4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks-n-shares tech bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>