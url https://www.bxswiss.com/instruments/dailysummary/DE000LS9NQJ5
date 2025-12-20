--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1229df26ef9d4561" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2736ea6934284289" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc02b3541aa4537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R755806667c78434d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894ce851d4494095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc02b3541aa4537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2f82f342b64a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R755806667c78434d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks-n-shares tech bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>365,855</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>