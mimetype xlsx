--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2736ea6934284289" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc06365fa30be4da9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R755806667c78434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d157e60695642b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2f82f342b64a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R755806667c78434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c689e2f1fb84cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d157e60695642b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks-n-shares tech bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>