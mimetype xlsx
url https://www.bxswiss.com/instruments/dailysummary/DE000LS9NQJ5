--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc06365fa30be4da9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d662144fd948f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d157e60695642b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b82efd67f09450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c689e2f1fb84cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d157e60695642b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb0ace4c12f4951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b82efd67f09450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks-n-shares tech bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>355,855</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>