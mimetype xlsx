--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d662144fd948f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11ae46a0a8844b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b82efd67f09450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a5a0165bdb4b2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb0ace4c12f4951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b82efd67f09450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R245ba6bde8c44ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a5a0165bdb4b2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stocks-n-shares tech bluechips</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>