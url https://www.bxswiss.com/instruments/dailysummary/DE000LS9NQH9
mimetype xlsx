--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raac7f667e55343bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130bf0b8e4444c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0aba5f914ae4444"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac2ad83aeadb47c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ff48342f4ff4feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0aba5f914ae4444" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9695db90ebbc4c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac2ad83aeadb47c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Monoliths</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>185,224</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>185,214</x:t>
-[...485 lines deleted...]
-          <x:t>184,159</x:t>
+          <x:t>183,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>