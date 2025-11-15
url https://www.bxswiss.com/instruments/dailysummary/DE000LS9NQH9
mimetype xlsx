--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130bf0b8e4444c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3977e39d8ef14dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac2ad83aeadb47c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf445c93c36a9448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9695db90ebbc4c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac2ad83aeadb47c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebaeea1d632a4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf445c93c36a9448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Monoliths</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>