--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3977e39d8ef14dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1bfb51c142f4de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf445c93c36a9448e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91b089163f7f4cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebaeea1d632a4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf445c93c36a9448e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb42d7b8fd644f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91b089163f7f4cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Monoliths</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>187,271</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>