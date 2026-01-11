--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1bfb51c142f4de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ad63109b6354cd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91b089163f7f4cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25a1fc71e407474c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb42d7b8fd644f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91b089163f7f4cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6007b53088e34a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25a1fc71e407474c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Monoliths</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>