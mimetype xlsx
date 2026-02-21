--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ad63109b6354cd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab4757c0b6524aea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25a1fc71e407474c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b7eff6334346dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6007b53088e34a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25a1fc71e407474c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdef6b13b5faa483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b7eff6334346dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Monoliths</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>194,090</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,457</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>199,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>