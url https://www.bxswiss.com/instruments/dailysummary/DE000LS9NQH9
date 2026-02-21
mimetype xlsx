--- v5 (2026-02-21)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab4757c0b6524aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463f57ba99e54d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b7eff6334346dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3ea4a349684bdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdef6b13b5faa483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b7eff6334346dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d8784c16564c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3ea4a349684bdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Monoliths</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>