--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R463f57ba99e54d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96504eff6b04432c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3ea4a349684bdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cedaea8655340cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d8784c16564c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3ea4a349684bdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4576f95e0b654ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cedaea8655340cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Monoliths</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,912</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>