--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cf1937765bf47d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R351e99e82bfb44e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb121dcda5f848b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3417622c43bc4ef7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22328a6eb2e74813" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb121dcda5f848b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5afa2890c94241b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3417622c43bc4ef7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRIE Investment Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>259,021</x:t>
-[...414 lines deleted...]
-          <x:t>263,343</x:t>
+          <x:t>259,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>