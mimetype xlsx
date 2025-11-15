--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R351e99e82bfb44e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R910781459d364e2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3417622c43bc4ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a9d98a4eb14a40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5afa2890c94241b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3417622c43bc4ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf0270eb66904890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a9d98a4eb14a40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRIE Investment Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>