--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R910781459d364e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb21ee0dfd0409d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a9d98a4eb14a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a76eb041ae45cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf0270eb66904890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a9d98a4eb14a40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc282085e2db04bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a76eb041ae45cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRIE Investment Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>251,728</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>