--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb21ee0dfd0409d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e73d92b0ade4100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a76eb041ae45cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f5a2250d954a6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc282085e2db04bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a76eb041ae45cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R073eaf1bcd994731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f5a2250d954a6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRIE Investment Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>249,902</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>249,434</x:t>
-[...377 lines deleted...]
-          <x:t>247,356</x:t>
+          <x:t>247,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>