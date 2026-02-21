--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e73d92b0ade4100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede3f44ef3a14db0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f5a2250d954a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15aaac0e044542bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R073eaf1bcd994731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f5a2250d954a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7de9feedc1a4fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15aaac0e044542bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRIE Investment Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>247,669</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>