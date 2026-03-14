--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede3f44ef3a14db0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0cd863f82b432a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15aaac0e044542bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab2485a693a4fcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7de9feedc1a4fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15aaac0e044542bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f716e1db98b4983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab2485a693a4fcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CRIE Investment Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>239,858</x:t>
-[...4 lines deleted...]
-          <x:t>238,484</x:t>
+          <x:t>240,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...235 lines deleted...]
-          <x:t>240,961</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>