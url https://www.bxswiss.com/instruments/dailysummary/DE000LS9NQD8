--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R799779af3dfc40e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d740b891515498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d3cac4e0d2a436d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R177f3d5c940a487f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5801e66540a4106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d3cac4e0d2a436d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c37a1fc342d4e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R177f3d5c940a487f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Greif ins fallende Messer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>