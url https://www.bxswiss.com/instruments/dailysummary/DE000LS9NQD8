--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d740b891515498d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bf71a20aaa478f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R177f3d5c940a487f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a698525cdb4228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c37a1fc342d4e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R177f3d5c940a487f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde5eca0dddb341d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a698525cdb4228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Greif ins fallende Messer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...153 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>