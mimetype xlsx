--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84bf71a20aaa478f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b02f8abded64c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a698525cdb4228"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27fe32968b8845e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde5eca0dddb341d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a698525cdb4228" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73a13bc77b7e4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27fe32968b8845e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Greif ins fallende Messer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>