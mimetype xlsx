--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b02f8abded64c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc70c5344ff6c420d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27fe32968b8845e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ed956c3a384262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73a13bc77b7e4a4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27fe32968b8845e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa64bb65dcd34946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ed956c3a384262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Greif ins fallende Messer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,413 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>