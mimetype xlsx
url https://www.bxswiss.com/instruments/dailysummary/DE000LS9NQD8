--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc70c5344ff6c420d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575ce2754198459a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ed956c3a384262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a880fe34020436e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa64bb65dcd34946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ed956c3a384262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629022070e274565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a880fe34020436e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Greif ins fallende Messer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NQD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,195 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...143 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -531,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>