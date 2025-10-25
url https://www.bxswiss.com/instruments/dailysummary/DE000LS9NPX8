--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c1f5076cd304fba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4001aca86584940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfca9761b5f484e36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe99d954d31f4cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9c3125aa4e14e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfca9761b5f484e36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb9975a783b948b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe99d954d31f4cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Dividenden-Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>121,038</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,373</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>123,206</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>