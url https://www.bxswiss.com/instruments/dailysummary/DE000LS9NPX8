--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4001aca86584940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c38bb8543a648e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe99d954d31f4cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ecf984c49f4a7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb9975a783b948b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe99d954d31f4cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08fb6aa31dae4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ecf984c49f4a7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Dividenden-Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>122,504</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>