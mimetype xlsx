--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c38bb8543a648e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56698480a3bb49fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2ecf984c49f4a7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c9fe619b7e49d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08fb6aa31dae4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2ecf984c49f4a7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16ade5833a3435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c9fe619b7e49d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Dividenden-Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>