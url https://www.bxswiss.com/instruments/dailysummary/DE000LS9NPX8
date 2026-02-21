--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56698480a3bb49fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a05ffeb66f419e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c9fe619b7e49d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raebee1a2bdfa4a43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd16ade5833a3435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c9fe619b7e49d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9448673045124ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raebee1a2bdfa4a43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Dividenden-Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>131,695</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>