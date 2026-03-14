--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98a05ffeb66f419e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c2be6cd7284ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raebee1a2bdfa4a43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10e9c9422a8a4392"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9448673045124ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raebee1a2bdfa4a43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R951fc625ed1f4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10e9c9422a8a4392" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Dividenden-Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>