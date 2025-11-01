--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd508d23dba94bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb34c60996148a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c23e8c8bbaf40c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4def2424b544ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra08f570895914f10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c23e8c8bbaf40c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04629947d48b44de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4def2424b544ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends technologies dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,827</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>