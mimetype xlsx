--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eb34c60996148a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272770f289ee4e79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4def2424b544ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca6bda2430d42d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04629947d48b44de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4def2424b544ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b62c09c8a54328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca6bda2430d42d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends technologies dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...581 lines deleted...]
-          <x:t>207,867</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,341</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>207,920</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>