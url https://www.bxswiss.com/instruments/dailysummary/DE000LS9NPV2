--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272770f289ee4e79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R286e9af42e0a42f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ca6bda2430d42d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e0d3328a06403b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b62c09c8a54328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ca6bda2430d42d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R253137bd22d14b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e0d3328a06403b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends technologies dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>