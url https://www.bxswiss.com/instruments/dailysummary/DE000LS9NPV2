--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R286e9af42e0a42f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30ff31ae82f74043" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86e0d3328a06403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1598bd0379944084"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R253137bd22d14b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86e0d3328a06403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f6a138726b64b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1598bd0379944084" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends technologies dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>207,730</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>