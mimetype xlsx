--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R162beedec89241d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061812dc37de4fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff88f16730a45de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85f1c28f1b246a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7826855f1eff4151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff88f16730a45de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ca1428148e4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85f1c28f1b246a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeitwerte Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>175,690</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...235 lines deleted...]
-          <x:t>181,057</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>