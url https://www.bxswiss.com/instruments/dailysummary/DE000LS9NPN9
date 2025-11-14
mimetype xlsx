--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061812dc37de4fcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R831c7d4c74c74adf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb85f1c28f1b246a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a48cd5472bd4c6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ca1428148e4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb85f1c28f1b246a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc95d7e16fe2e4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a48cd5472bd4c6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeitwerte Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>