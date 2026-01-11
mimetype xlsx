--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R831c7d4c74c74adf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8639e4d4f06f4cc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a48cd5472bd4c6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ea5ec4af7344557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc95d7e16fe2e4cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a48cd5472bd4c6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1ebc74951945cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ea5ec4af7344557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeitwerte Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>176,766</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>