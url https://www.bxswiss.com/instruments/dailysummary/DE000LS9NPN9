--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8639e4d4f06f4cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76eb7269f83d45eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ea5ec4af7344557"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R256524b32ffd4bc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f1ebc74951945cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ea5ec4af7344557" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ed1a61fd6af4489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R256524b32ffd4bc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeitwerte Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>182,805</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>