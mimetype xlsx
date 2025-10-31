--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44072d5b408f490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a63cd15deba4ae1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8fbb4b11a524e02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde3f72d59e254b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1160ac9787284382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8fbb4b11a524e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d64f2e9449451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde3f72d59e254b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HQSP Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>200,590</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>202,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,367</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>