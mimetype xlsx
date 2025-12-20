--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a63cd15deba4ae1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e32fdc75b184c97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde3f72d59e254b60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61de16b73a304a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d64f2e9449451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde3f72d59e254b60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b05059858c64ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61de16b73a304a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HQSP Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>211,024</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>