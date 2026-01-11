--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e32fdc75b184c97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb5acb5f81fb4ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61de16b73a304a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98d018706c34b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b05059858c64ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61de16b73a304a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9022cf0c6a3d4c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98d018706c34b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HQSP Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>