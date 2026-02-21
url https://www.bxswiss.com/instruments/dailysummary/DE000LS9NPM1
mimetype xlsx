--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb5acb5f81fb4ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3bdc12fc7e4d29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98d018706c34b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e83f88b4164f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9022cf0c6a3d4c2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98d018706c34b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6944a8564824422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e83f88b4164f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HQSP Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>204,598</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>