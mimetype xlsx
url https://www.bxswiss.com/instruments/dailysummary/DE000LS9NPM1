--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3bdc12fc7e4d29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R505b3e04a4804325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e83f88b4164f45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd34083f1af4e439e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6944a8564824422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e83f88b4164f45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037622e32a7d42a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd34083f1af4e439e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HQSP Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>184,214</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,620</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>