--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb8edd642d0148dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42055f3261664e99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dac195de9ca450d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7387d15f1054c1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbb76cf87ef04f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dac195de9ca450d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16429c750efb4ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7387d15f1054c1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edelmetalle - Gold Silber Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>