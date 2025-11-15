--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42055f3261664e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04794bcb97474b72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7387d15f1054c1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4866ea27b9407e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16429c750efb4ad7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7387d15f1054c1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe2a7fb307e545e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4866ea27b9407e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edelmetalle - Gold Silber Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>