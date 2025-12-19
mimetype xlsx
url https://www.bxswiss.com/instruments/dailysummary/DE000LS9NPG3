--- v2 (2025-11-15)
+++ v3 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04794bcb97474b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf981814f99994491" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e4866ea27b9407e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f0ee64ebdcd4dcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe2a7fb307e545e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e4866ea27b9407e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re622d81bc30e4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f0ee64ebdcd4dcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edelmetalle - Gold Silber Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>158,322</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>