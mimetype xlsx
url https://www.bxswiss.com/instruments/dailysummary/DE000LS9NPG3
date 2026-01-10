--- v3 (2025-12-19)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf981814f99994491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce78e87c1c2f4a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f0ee64ebdcd4dcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R239577d7acdb4bba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re622d81bc30e4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f0ee64ebdcd4dcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f3b737b70f04373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R239577d7acdb4bba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edelmetalle - Gold Silber Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>