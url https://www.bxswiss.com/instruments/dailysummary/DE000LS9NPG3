--- v4 (2026-01-10)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce78e87c1c2f4a64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c997f12dc2a444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R239577d7acdb4bba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800666f46c37435f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f3b737b70f04373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R239577d7acdb4bba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf06dbe217e48eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800666f46c37435f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edelmetalle - Gold Silber Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>