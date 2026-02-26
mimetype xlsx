--- v5 (2026-02-05)
+++ v6 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c997f12dc2a444c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcca712628aba4ef9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R800666f46c37435f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R683c7df283d94334"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf06dbe217e48eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R800666f46c37435f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94c7cbf5d5224184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R683c7df283d94334" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edelmetalle - Gold Silber Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>