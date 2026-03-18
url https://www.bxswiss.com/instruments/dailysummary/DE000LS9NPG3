--- v6 (2026-02-26)
+++ v7 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcca712628aba4ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4934062f62584f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R683c7df283d94334"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f957fa48ba44a59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94c7cbf5d5224184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R683c7df283d94334" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17fcd99cfa5843c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f957fa48ba44a59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edelmetalle - Gold Silber Platin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>193,543</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,810</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,449</x:t>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>