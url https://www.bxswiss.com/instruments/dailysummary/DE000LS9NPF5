--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20dd459e1ca44ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa1729921484736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffcfe2d7380346d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22c0eb6c152040d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfea52e9b28b94bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffcfe2d7380346d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R460a0b041e394b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22c0eb6c152040d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fakten und Handelsideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,399</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,363</x:t>
-[...146 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,431</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,584</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,429</x:t>
-[...92 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,498</x:t>
-[...296 lines deleted...]
-          <x:t>2,516</x:t>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>