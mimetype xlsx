--- v1 (2025-11-01)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfa1729921484736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07eabecbefff4763" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22c0eb6c152040d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98bae271ef3431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R460a0b041e394b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22c0eb6c152040d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6b0019ffbd4bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98bae271ef3431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fakten und Handelsideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,568</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,626</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>16.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,456</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>2,314</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,293</x:t>
-[...26 lines deleted...]
-          <x:t>2,306</x:t>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>2,554</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>