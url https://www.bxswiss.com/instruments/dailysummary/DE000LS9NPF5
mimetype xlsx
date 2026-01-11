--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07eabecbefff4763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5d44f74fc34b35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra98bae271ef3431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8deb32c0d1c04247"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6b0019ffbd4bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra98bae271ef3431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81ec2e2d235242ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8deb32c0d1c04247" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fakten und Handelsideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,478</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>2,397</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,374</x:t>
-[...199 lines deleted...]
-        <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,355</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>2,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,230</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>