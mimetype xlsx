--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5d44f74fc34b35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30e3f65bb404b88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8deb32c0d1c04247"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b69b1e1d4a9416e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81ec2e2d235242ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8deb32c0d1c04247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281d707739364253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b69b1e1d4a9416e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fakten und Handelsideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>