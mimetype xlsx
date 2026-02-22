--- v4 (2026-01-12)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30e3f65bb404b88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68db2aea3ea444e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b69b1e1d4a9416e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8880e8798356480a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R281d707739364253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b69b1e1d4a9416e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c2ad81995bf4962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8880e8798356480a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fakten und Handelsideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>2,302</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>