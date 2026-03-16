--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68db2aea3ea444e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re13f514ec3b249ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8880e8798356480a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ad526acfbc04ce3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c2ad81995bf4962" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8880e8798356480a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdae57eb92b60467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ad526acfbc04ce3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fakten und Handelsideen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>1,986</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,753</x:t>
-[...151 lines deleted...]
-          <x:t>1,677</x:t>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,671</x:t>
-[...313 lines deleted...]
-          <x:t>1,664</x:t>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,655</x:t>
-[...26 lines deleted...]
-          <x:t>1,610</x:t>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>