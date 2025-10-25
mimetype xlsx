--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5304c1ca5a3452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb93d43ef522e4a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8231e564dd754a95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e48865f94aa487a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43fe6ef407ab4ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8231e564dd754a95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3756d115153d4438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e48865f94aa487a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRetInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>195,214</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,839</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...84 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,388</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>