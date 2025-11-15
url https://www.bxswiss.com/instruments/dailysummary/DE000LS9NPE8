--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb93d43ef522e4a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366a428aafa64716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e48865f94aa487a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R366b40f3c7b34bf8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3756d115153d4438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e48865f94aa487a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0aefd07979847a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R366b40f3c7b34bf8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRetInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>195,009</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,690</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>195,872</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>