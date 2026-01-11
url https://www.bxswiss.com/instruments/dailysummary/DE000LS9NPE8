--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366a428aafa64716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racffe086098c43a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R366b40f3c7b34bf8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57e8d0896484230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0aefd07979847a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R366b40f3c7b34bf8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7ae32de86004a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57e8d0896484230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRetInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>192,979</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>