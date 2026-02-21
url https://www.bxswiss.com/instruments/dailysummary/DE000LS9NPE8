--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racffe086098c43a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60e3047278734aa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb57e8d0896484230"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5ac4fc86d93463d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7ae32de86004a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb57e8d0896484230" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re86938dfaf664471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5ac4fc86d93463d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRetInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>208,494</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>